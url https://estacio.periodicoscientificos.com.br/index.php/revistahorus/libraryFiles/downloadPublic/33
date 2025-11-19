--- v0 (2025-10-08)
+++ v1 (2025-11-19)
@@ -1,6224 +1,2844 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="JPG" ContentType="image/.jpg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w14:paraId="49B74320" w14:textId="77777777" w:rsidR="00216D42" w:rsidRDefault="00216D42" w:rsidP="00222B19">
+    <w:p w14:paraId="49B74320">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6AC00FAB" w14:textId="77777777" w:rsidR="007A551F" w:rsidRDefault="007A551F" w:rsidP="007A551F">
+    <w:p w14:paraId="6AC00FAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">TÍTULO DO ARTIGO </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F723471" w14:textId="77777777" w:rsidR="007A551F" w:rsidRDefault="007A551F" w:rsidP="007A551F">
+    <w:p w14:paraId="1F723471">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6525F234" w14:textId="1137A99A" w:rsidR="007A551F" w:rsidRDefault="007A551F" w:rsidP="007A551F">
-[...51 lines deleted...]
-    <w:p w14:paraId="21B06D85" w14:textId="77777777" w:rsidR="00FC763A" w:rsidRPr="00FC763A" w:rsidRDefault="00FC763A" w:rsidP="00FC763A">
+    <w:p w14:paraId="21B06D85">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="10" w:right="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7BC9A1FC" w14:textId="15B37C33" w:rsidR="007A551F" w:rsidRDefault="007A551F" w:rsidP="007A551F">
+    <w:p w14:paraId="7BC9A1FC">
       <w:pPr>
         <w:spacing w:after="0" w:line="246" w:lineRule="auto"/>
         <w:ind w:left="10" w:right="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">RESUMO </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01582C5F" w14:textId="77777777" w:rsidR="007A551F" w:rsidRDefault="007A551F" w:rsidP="007A551F">
+    <w:p w14:paraId="01582C5F">
       <w:pPr>
         <w:spacing w:after="0" w:line="238" w:lineRule="auto"/>
         <w:ind w:right="-15"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">O </w:t>
-[...85 lines deleted...]
-      <w:r w:rsidRPr="00F43204">
+        <w:t>O Título do artigo deve ter fonte do tipo Times New Roman, tamanho 12, centralizado. Na identificação do autor, todos os trabalhos devem trazer consigo o nome completo de seus autores (</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>salvo na</w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t>salvo nas etapas de submissão e avaliação, durante as quais o trabalho deve estar sem qualquer identificação dos autores</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>s</w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t>), que deverão apresentar-se em fonte do tipo Times New Roman, tamanho 10, centralizado. Também deverão constar, em nota de rodapé, suas atividades profissionais, a instituição onde o trabalho foi realizado ou organizado e endereço eletrônico. Inserir resumo do artigo, contendo informações breves sobre a introdução, objetivos, métodos, principais resultados e conclusão. Vale ressaltar que nesse local não é permitida a utilização de siglas e referências. Deve conter no máximo 250 palavras. Quanto à formatação, o resumo e o abstract deverão se apresentar sem recuo de margem à direita. Deverão estar formatados com espaçamento simples e em fonte do tipo Times New Roman, tamanho 10. As palavras-chave deverão apresentar-se com o espaço de uma linha imediatamente abaixo do resumo e do abstract (keywords) em um número mínimo de 03 (três) e no máximo de 05 (cinco) palavras-chave (keywords). O termo "palavras-chave" deve vir em negrito e as palavras sem qualquer marcação.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EAAFAAD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="238" w:lineRule="auto"/>
+        <w:ind w:right="-15"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="705F813C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="238" w:lineRule="auto"/>
+        <w:ind w:right="-15"/>
+        <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> etapa</w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>s</w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t>Palavras-chave</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de submissão</w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve">: Palavra1; Palavra2; Palavra3. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AEDBD98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="238" w:lineRule="auto"/>
+        <w:ind w:right="-15"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> e avaliação</w:t>
-[...172 lines deleted...]
-        </w:rPr>
         <w:t>Conforme exemplo, inserir palavras-chave separadas por “ponto e vírgula”. Deve conter entre 3 e 5 palavras-chave.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D8F238C" w14:textId="77777777" w:rsidR="007A551F" w:rsidRDefault="007A551F" w:rsidP="007A551F">
+    <w:p w14:paraId="2D8F238C">
       <w:pPr>
         <w:spacing w:after="0" w:line="246" w:lineRule="auto"/>
         <w:ind w:left="10" w:right="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ABSTRACT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67537598" w14:textId="77777777" w:rsidR="007A551F" w:rsidRPr="007A551F" w:rsidRDefault="007A551F" w:rsidP="007A551F">
+    <w:p w14:paraId="67537598">
       <w:pPr>
         <w:spacing w:after="0" w:line="238" w:lineRule="auto"/>
         <w:ind w:right="-15"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Inserir resumo do artigo, contendo informações breves sobre a introdução, objetivos, métodos, principais resultados e conclusão. Vale ressaltar que nesse local não é recomendado a utilização de siglas e referências. Deve conter no máximo 250 palavras. EM INGLÊS. Caso não tenha domínio da língua estrangeira contratar um serviço especializado. </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A551F">
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Deve </w:t>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:t>Deve conter entre 3 e 5 palavras-chave.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07D329DB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="238" w:lineRule="auto"/>
+        <w:ind w:right="-15"/>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>conter</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="007A551F">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4AF95DAC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="238" w:lineRule="auto"/>
+        <w:ind w:right="-15"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> entre 3 e 5 </w:t>
-[...3 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>palavras-chave</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="007A551F">
+        <w:t xml:space="preserve">Key-words: </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...45 lines deleted...]
-    <w:p w14:paraId="26FABB48" w14:textId="7EC6C467" w:rsidR="00D0022A" w:rsidRPr="00222B19" w:rsidRDefault="00D0022A" w:rsidP="00222B19">
+        <w:t xml:space="preserve">word1; word2; word3; word4. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F0FC01A">
       <w:pPr>
         <w:spacing w:after="0" w:line="238" w:lineRule="auto"/>
         <w:ind w:right="-15"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D0022A">
-[...337 lines deleted...]
-    <w:p w14:paraId="7BEF6F67" w14:textId="77777777" w:rsidR="00D0022A" w:rsidRPr="00222B19" w:rsidRDefault="00D0022A" w:rsidP="00222B19">
+    </w:p>
+    <w:p w14:paraId="6A496223">
       <w:pPr>
         <w:spacing w:after="0" w:line="238" w:lineRule="auto"/>
         <w:ind w:right="-15"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B91AFBD" w14:textId="77777777" w:rsidR="00D0022A" w:rsidRPr="00222B19" w:rsidRDefault="00D0022A" w:rsidP="00222B19">
+    <w:p w14:paraId="1C46B780">
       <w:pPr>
         <w:spacing w:after="0" w:line="238" w:lineRule="auto"/>
         <w:ind w:right="-15"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F0FC01A" w14:textId="77777777" w:rsidR="00D0022A" w:rsidRPr="00222B19" w:rsidRDefault="00D0022A" w:rsidP="00222B19">
+    <w:p w14:paraId="1204C6A8">
       <w:pPr>
         <w:spacing w:after="0" w:line="238" w:lineRule="auto"/>
         <w:ind w:right="-15"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A496223" w14:textId="77777777" w:rsidR="00D0022A" w:rsidRPr="00222B19" w:rsidRDefault="00D0022A" w:rsidP="00222B19">
+    <w:p w14:paraId="5220A423">
       <w:pPr>
         <w:spacing w:after="0" w:line="238" w:lineRule="auto"/>
         <w:ind w:right="-15"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C46B780" w14:textId="77777777" w:rsidR="00D0022A" w:rsidRPr="00222B19" w:rsidRDefault="00D0022A" w:rsidP="00222B19">
+    <w:p w14:paraId="70C5A8AD">
       <w:pPr>
         <w:spacing w:after="0" w:line="238" w:lineRule="auto"/>
         <w:ind w:right="-15"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5FFA7AB8" w14:textId="77777777" w:rsidR="00D0022A" w:rsidRPr="00222B19" w:rsidRDefault="00D0022A" w:rsidP="00222B19">
+    <w:p w14:paraId="5671F36E">
       <w:pPr>
         <w:spacing w:after="0" w:line="238" w:lineRule="auto"/>
         <w:ind w:right="-15"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2742E127" w14:textId="77777777" w:rsidR="00D0022A" w:rsidRPr="00222B19" w:rsidRDefault="00D0022A" w:rsidP="00222B19">
+    <w:p w14:paraId="7F57E0BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="238" w:lineRule="auto"/>
         <w:ind w:right="-15"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4BC455C1" w14:textId="77777777" w:rsidR="00D0022A" w:rsidRPr="00222B19" w:rsidRDefault="00D0022A" w:rsidP="00222B19">
+    <w:p w14:paraId="36388DFF">
       <w:pPr>
         <w:spacing w:after="0" w:line="238" w:lineRule="auto"/>
         <w:ind w:right="-15"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="461ABCFB" w14:textId="77777777" w:rsidR="00CC06B6" w:rsidRPr="00222B19" w:rsidRDefault="00AF52B4" w:rsidP="00222B19">
+    <w:p w14:paraId="63279FC9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="238" w:lineRule="auto"/>
+        <w:ind w:right="-15"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54D3FA82">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="238" w:lineRule="auto"/>
+        <w:ind w:right="-15"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12762F5A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="238" w:lineRule="auto"/>
+        <w:ind w:right="-15"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E90EC9D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="238" w:lineRule="auto"/>
+        <w:ind w:right="-15"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E9C87A1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="238" w:lineRule="auto"/>
+        <w:ind w:right="-15"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FA78422">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="238" w:lineRule="auto"/>
+        <w:ind w:right="-15"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20E9515C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="238" w:lineRule="auto"/>
+        <w:ind w:right="-15"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BC22C3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="238" w:lineRule="auto"/>
+        <w:ind w:right="-15"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61B81447">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="238" w:lineRule="auto"/>
+        <w:ind w:right="-15"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5726F182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="238" w:lineRule="auto"/>
+        <w:ind w:right="-15"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1942F65B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="238" w:lineRule="auto"/>
+        <w:ind w:right="-15"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75D84E98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="238" w:lineRule="auto"/>
+        <w:ind w:right="-15"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="060EAFB8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="238" w:lineRule="auto"/>
+        <w:ind w:right="-15"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67A28442">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="238" w:lineRule="auto"/>
+        <w:ind w:right="-15"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B82AB22">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="238" w:lineRule="auto"/>
+        <w:ind w:right="-15"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57564885">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="238" w:lineRule="auto"/>
+        <w:ind w:right="-15"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48CB0E76">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-11"/>
+        <w:jc w:val="left"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Instruções gerais</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57A9BBBB">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-11"/>
+        <w:jc w:val="left"/>
+        <w:textAlignment w:val="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Configuração: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>O artigo completo deve conter um</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ínimo de 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e máximo de </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> páginas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">O corpo do texto deve seguir a seguinte formatação: papel A-4 (29,7 x 21 cm), com margens superior e esquerda com 3cm e inferior e direita com 2 cm. O formato do arquivo de submissão deverá ser .doc e redigido com fonte Times New Roman, tamanho 12, com espaçamento entre linhas de 1,5 e parágrafo de 2,5 na primeira linha. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DE090C7">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-11"/>
+        <w:jc w:val="left"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Citações: </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Em relação ao sistema de citação</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>, deve-se seguir</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> o sistema autor-data,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de acordo com as normas da ABNT 2025.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79DE1897">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Seções</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Segue estruturação das seções abaixo, como deve ser realizada no texto.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16244A8B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="238" w:lineRule="auto"/>
+        <w:ind w:right="-15"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="461ABCFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00222B19">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AD0CA4B" w14:textId="77777777" w:rsidR="00CC06B6" w:rsidRPr="00387BD4" w:rsidRDefault="00AF52B4" w:rsidP="00222B19">
+    <w:p w14:paraId="0AD0CA4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-15"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00387BD4">
+      <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">INTRODUÇÃO </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EF5C18D" w14:textId="77777777" w:rsidR="004256D7" w:rsidRDefault="003D3DF7" w:rsidP="004256D7">
+    <w:p w14:paraId="3EF5C18D">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="1423"/>
       </w:pPr>
-      <w:r w:rsidRPr="00387BD4">
+      <w:r>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06ED6250" w14:textId="428D39F8" w:rsidR="00CC06B6" w:rsidRDefault="003D3DF7" w:rsidP="004256D7">
+    <w:p w14:paraId="06ED6250">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="1423"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00387BD4">
+      <w:r>
         <w:t xml:space="preserve">Na introdução devem ser inseridas informações como contextualização do trabalho, justificativa com relevância científica ou social, quando pertinente referencial teórico, problema da pesquisa e objetivos. Esses itens devem ser apresentados durante a introdução, sem tópicos ou subseções. </w:t>
       </w:r>
-      <w:r w:rsidR="00AF52B4" w:rsidRPr="00387BD4">
+      <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13916C47" w14:textId="028E109C" w:rsidR="00FE7A91" w:rsidRPr="00FE7A91" w:rsidRDefault="00FE7A91" w:rsidP="004256D7">
+    <w:p w14:paraId="13916C47">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="1423"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Atenção: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">não recomendamos o uso do </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009F568F">
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>template</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="009F568F">
+        <w:t>template de artigo de revisão</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para artigos que tratem de temas relacionados às áreas da Ciências Humanas e Ciências Sociais. Nesse caso, recomendamos que seja adotado o </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> de artigo de revisão</w:t>
+        <w:t>template de artigo original</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> para artigos que tratem de temas relacionados às áreas da Ciências Humanas e Ciências Sociais.</w:t>
-[...28 lines deleted...]
-        </w:rPr>
         <w:t>, disponível no site da Revista Hórus.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BE139FA" w14:textId="77777777" w:rsidR="00CC06B6" w:rsidRPr="00387BD4" w:rsidRDefault="00AF52B4" w:rsidP="00222B19">
+    <w:p w14:paraId="5BE139FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00387BD4">
+      <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A7A1E62" w14:textId="17019960" w:rsidR="003D3DF7" w:rsidRPr="00387BD4" w:rsidRDefault="003D3DF7" w:rsidP="00222B19">
+    <w:p w14:paraId="6A7A1E62">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-15"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00387BD4">
+      <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>MÉTODOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E47896D" w14:textId="77777777" w:rsidR="004256D7" w:rsidRDefault="004256D7" w:rsidP="004256D7">
+    <w:p w14:paraId="6E47896D">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="1418"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32AC437C" w14:textId="6E296411" w:rsidR="003D3DF7" w:rsidRPr="00387BD4" w:rsidRDefault="004256D7" w:rsidP="004256D7">
+    <w:p w14:paraId="32AC437C">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="1418"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Na</w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="684FB5CF" w14:textId="77777777" w:rsidR="004256D7" w:rsidRDefault="004256D7" w:rsidP="00222B19">
+        <w:t>Na seção de métodos devem ser inseridas as informações sobre os procedimentos da pesquisa e escolha dos referenciais teóricos utilizados para a revisão de literatura e tópicos a serem desenvolvidos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="684FB5CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15A5C2D1" w14:textId="44F0E360" w:rsidR="003D3DF7" w:rsidRPr="00387BD4" w:rsidRDefault="002A45A6" w:rsidP="00222B19">
+    <w:p w14:paraId="15A5C2D1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00387BD4">
+      <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>RESULTADOS/ DESENVOLVIMENTO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="008A4446" w14:textId="77777777" w:rsidR="00222B19" w:rsidRDefault="00222B19" w:rsidP="00222B19">
+    <w:p w14:paraId="008A4446">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="1423"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="132F8C71" w14:textId="6093BFB6" w:rsidR="00216D42" w:rsidRPr="00387BD4" w:rsidRDefault="00216D42" w:rsidP="00222B19">
+    <w:p w14:paraId="132F8C71">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="1423"/>
       </w:pPr>
-      <w:r w:rsidRPr="00387BD4">
-[...12 lines deleted...]
-    <w:p w14:paraId="222B8D97" w14:textId="77777777" w:rsidR="003D3DF7" w:rsidRPr="00387BD4" w:rsidRDefault="003D3DF7" w:rsidP="00222B19">
+      <w:r>
+        <w:t>Neste tópico, devem ser desenvolvidos os tópicos propostos de forma objetiva e clara. Caso o artigo se caracterize como revisão sistemática, nesse item ele irá desenvolver os resultados.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FFF723D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="1418"/>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r>
+        <w:t>s autores podem, caso entendam adequado, utilizar tabelas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>, quadros ou</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> figuras</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (utilizar o termo figura para os gráficos)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Caso opte-se pelo uso de tabelas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>, quadros ou</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> figuras, será exigida a observância das normas para tabelas e figuras relacionadas a seguir</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5909902F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="1418"/>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tabela - Finalidade: Apresentar dados numéricos, como estatísticas, porcentagens e valores. Formato: Linhas e colunas com bordas laterais abertas e apenas linhas horizontais internas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EADAD27">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="1418"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="7BE398B8" w14:textId="77777777" w:rsidR="003D3DF7" w:rsidRPr="00387BD4" w:rsidRDefault="003D3DF7" w:rsidP="00222B19">
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Quadro - Finalidade: Apresentar informações qualitativas, como resumos, textos e ideias. Formato: Linhas e colunas com bordas fechadas em todos os lados. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AF808F2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="1418"/>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Figura - Finalidade: Representação visual de informações, como imagens, desenhos, mapas, gráficos, organogramas, etc. Formato: Qualquer elemento ilustrativo, que pode estar em qualquer parte do trabalho, mas deve estar próximo ao texto a que se refere. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DC929E0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="1418"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">O título das tabelas, quadros ou figuras devem aparecer logo acima da mesma seguindo o mesmo padrão de formatação do texto. </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>legenda</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> deve ficar logo abaixo da mesma</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> em Times New Roman, tamanho 10</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. As </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>mesmas d</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">evem ser enumeradas conforme o aparecimento no texto. Figuras </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e quadros </w:t>
+      </w:r>
+      <w:r>
+        <w:t>com baixa resolução não serão aceitas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BDA52E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="1418"/>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Deve-se alinhar as tabelas com o texto.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D6A9E56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="1418"/>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Recomenda-se que os autores evitem informações redundantes entre tabelas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>, quadros</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> e figuras</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, se limitando ao máximo de 5 ilustrações. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13C6666F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="1423"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="222B8D97">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="1418"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BE398B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00387BD4">
-[...12 lines deleted...]
-    <w:p w14:paraId="527591BB" w14:textId="77777777" w:rsidR="004256D7" w:rsidRDefault="004256D7" w:rsidP="004256D7">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>DISCUSSÃO (opcional)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="527591BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="1418"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6566B3E4" w14:textId="4D9B1B5D" w:rsidR="003D3DF7" w:rsidRPr="00387BD4" w:rsidRDefault="002A45A6" w:rsidP="004256D7">
+    <w:p w14:paraId="6566B3E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="1418"/>
       </w:pPr>
-      <w:r w:rsidRPr="00387BD4">
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidRPr="00387BD4">
+      <w:r>
         <w:t>ópico a ser desenvolvido para revisões sistemáticas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30102525" w14:textId="77777777" w:rsidR="00216D42" w:rsidRPr="00387BD4" w:rsidRDefault="00216D42" w:rsidP="00222B19">
+    <w:p w14:paraId="30102525">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="1560"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="766DC4D2" w14:textId="77777777" w:rsidR="003D3DF7" w:rsidRPr="00387BD4" w:rsidRDefault="003D3DF7" w:rsidP="00222B19">
+    <w:p w14:paraId="766DC4D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00387BD4">
-[...19 lines deleted...]
-      <w:r w:rsidRPr="00387BD4">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>CONSIDERAÇÕES FINAIS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56684513">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00387BD4">
+      <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00387BD4">
+      <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00387BD4">
+      <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C2497F5" w14:textId="1D6F6AFE" w:rsidR="00216D42" w:rsidRPr="000853A0" w:rsidRDefault="00216D42" w:rsidP="004256D7">
+    <w:p w14:paraId="6C2497F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="1423"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000853A0">
+      <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>As conclusões devem resumir os principais resultados científicos encontrados e suas implicações práticas no contexto dos objetivos do estudo.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52E692F4" w14:textId="77777777" w:rsidR="003D3DF7" w:rsidRPr="00387BD4" w:rsidRDefault="003D3DF7" w:rsidP="00222B19">
+    <w:p w14:paraId="52E692F4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72A08BB4" w14:textId="77777777" w:rsidR="00CC06B6" w:rsidRPr="00387BD4" w:rsidRDefault="00AF52B4" w:rsidP="00222B19">
+    <w:p w14:paraId="72A08BB4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-15"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00387BD4">
+      <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">REFERÊNCIAS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C53577F" w14:textId="77777777" w:rsidR="004256D7" w:rsidRDefault="004256D7" w:rsidP="00222B19">
+    <w:p w14:paraId="4C53577F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="10" w:firstLine="1408"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="639263C1" w14:textId="77777777" w:rsidR="001B1243" w:rsidRPr="005D64D2" w:rsidRDefault="001B1243" w:rsidP="001B1243">
+    <w:p w14:paraId="639263C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="10" w:firstLine="1408"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Deverão ser apresentadas </w:t>
-[...24 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:t>Deverão ser apresentadas em ordem alfabética, conforme padrão das normas ABNT. Atenção: deverão constar da Bibliografia apenas as referências citadas no corpo do texto e não a bibliografia geral sobre o tema. As fotografias deverão conter os respectivos créditos. Alguns exemplos mais comuns são mostrados abaixo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0209C6ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C0D8836">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="001A18E2">
+        <w:t>Exemplos:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17544887">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>1) Artigo padrão em periódico (deve-se listar todos os autores; se o número ultrapassar três, colocar o primeiro autor, seguidos por et al):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BFEFB25">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">OLIVEIRA, Diogo M. C.; MAIA, Jorge S. S. A crise de (ir)racionalidade do sistema penal: a dessubjetivação do “outro” no estado de exceção das sociedades pós-disciplinares. </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Exemplos:</w:t>
-[...47 lines deleted...]
-      <w:r w:rsidRPr="00683187">
+        <w:t>Revista Jurídica Cesumar</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, Maringá, v. 18, n. 2, p. 393-428, mai./ago. 2018. DOI: 10.17765/2176-9184.2018v18n2p393-428.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FF585E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2) Autor institucional:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1107B667">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Royal Marsden Hospital Bone-Marrow Transplantation Team. Failure of syngeneic bone-marrow graft without preconditioning in post-hepatitis marrow aplasia. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Lancet</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, v. 2, p.742-724, 1977.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FED3A13">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3) Livro:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10D8EDB4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">COLSON, J.H.; ARMOUR, W.J. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Sports injuries and their treatment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...144 lines deleted...]
-        <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-      </w:pPr>
-[...26 lines deleted...]
-      <w:r w:rsidRPr="001B1243">
+        <w:t>2 ed. London: S. Paul, 1986.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D23C590">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>2 ed. London: S. Paul, 1986.</w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:t>4) Livro com editor(es) como autor(es):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D8826C4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-      </w:pPr>
-[...45 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">DIENER, H.C.; WILKINSON, M. (ed.). </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001B1243">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Drug-induced</w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:t>Drug-induced headache</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="0087131C">
+      <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>New York: Springer-Verlag, 1988.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D8826C4" w14:textId="77777777" w:rsidR="001B1243" w:rsidRPr="0087131C" w:rsidRDefault="001B1243" w:rsidP="001B1243">
-[...49 lines deleted...]
-    <w:p w14:paraId="7BD4BC16" w14:textId="5BEEA13E" w:rsidR="00CC06B6" w:rsidRDefault="001B1243" w:rsidP="001B1243">
+    <w:p w14:paraId="5B4407DD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>5) Capítulo de livro:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BD4BC16">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="0087131C">
-[...17 lines deleted...]
-      <w:r w:rsidRPr="001A18E2">
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">WEINSTEIN, L.; SWARTZ, M.N.: Pathologic properties of invading microorganisms. In: SODEMAN, W.A. Jr; SODEMAN, W.A. (ed.). </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Pathologic physiology</w:t>
       </w:r>
-      <w:r w:rsidRPr="0087131C">
-[...23 lines deleted...]
-      <w:r w:rsidR="003D3DF7">
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>: mechanisms of disease. Philadelphia: Saunders, p. 457-472, 1974.</w:t>
+      </w:r>
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="003D3DF7">
+      <w:r>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B408A42" w14:textId="77777777" w:rsidR="00CC06B6" w:rsidRDefault="003D3DF7" w:rsidP="00222B19">
+    <w:p w14:paraId="2B408A42">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00AF52B4">
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6604DFF7" w14:textId="77777777" w:rsidR="00CC06B6" w:rsidRDefault="00AF52B4" w:rsidP="00222B19">
+    <w:p w14:paraId="6604DFF7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6410E656" w14:textId="77777777" w:rsidR="00CC06B6" w:rsidRDefault="00AF52B4" w:rsidP="00222B19">
+    <w:p w14:paraId="6410E656">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00CC06B6" w:rsidSect="00216D42">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId18"/>
+    <w:sectPr>
+      <w:headerReference r:id="rId7" w:type="first"/>
+      <w:footerReference r:id="rId10" w:type="first"/>
+      <w:headerReference r:id="rId5" w:type="default"/>
+      <w:footerReference r:id="rId8" w:type="default"/>
+      <w:headerReference r:id="rId6" w:type="even"/>
+      <w:footerReference r:id="rId9" w:type="even"/>
       <w:footnotePr>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1706" w:right="1268" w:bottom="1251" w:left="1704" w:header="22" w:footer="738" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
-      <w:cols w:space="720"/>
-      <w:docGrid w:linePitch="326"/>
+      <w:cols w:space="720" w:num="1"/>
+      <w:docGrid w:linePitch="326" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...3 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:endnote w:type="separator" w:id="0">
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
-  <w:endnote w:type="continuationSeparator" w:id="0">
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+  <w:endnote w:type="continuationSeparator" w:id="1">
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20007A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="宋体">
+    <w:altName w:val="SimSun"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="SimSun">
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
-  <w:font w:name="Segoe UI Symbol">
-    <w:panose1 w:val="020B0502040204020203"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="SimHei">
+    <w:altName w:val="SimSun"/>
+    <w:panose1 w:val="02010609060101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:pitch w:val="variable"/>
-[...14 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...56 lines deleted...]
-  <w:p w14:paraId="25DAF1AC" w14:textId="77777777" w:rsidR="00CC06B6" w:rsidRDefault="00CC06B6">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:p w14:paraId="25DAF1AC">
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="4C0582BB" w14:textId="77777777" w:rsidR="00CC06B6" w:rsidRDefault="003D3DF7">
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:p w14:paraId="229A530B">
     <w:pPr>
       <w:spacing w:after="76" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00216D42">
-[...2 lines deleted...]
-      </w:rPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t>100</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="1570989A">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:p w14:paraId="4C0582BB">
+    <w:pPr>
+      <w:spacing w:after="76" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:r>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidR="00AF52B4">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="0A751BA6" w14:textId="77777777" w:rsidR="00580E08" w:rsidRPr="00580E08" w:rsidRDefault="00580E08" w:rsidP="00580E08">
+  <w:p w14:paraId="0A751BA6">
     <w:pPr>
-      <w:pStyle w:val="Rodap"/>
+      <w:pStyle w:val="4"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00580E08">
+    <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
-      <w:t>1 – Inserir filiação dos autores</w:t>
-[...1 lines deleted...]
-    <w:r>
+      <w:t>1 – Inserir filiação dos autores e e-mail;</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="49B26F5E">
+    <w:pPr>
+      <w:pStyle w:val="4"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
-      <w:t xml:space="preserve"> e e-mail;</w:t>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:t>2 – Inserir filiação dos autores e e-mail;</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="49B26F5E" w14:textId="77777777" w:rsidR="00580E08" w:rsidRPr="00580E08" w:rsidRDefault="00580E08" w:rsidP="00580E08">
+  <w:p w14:paraId="5D674E9A">
     <w:pPr>
-      <w:pStyle w:val="Rodap"/>
+      <w:pStyle w:val="4"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00580E08">
+    <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
-      <w:t>2 – Inserir filiação dos autores</w:t>
-[...25 lines deleted...]
-      <w:t xml:space="preserve"> e e-mail;</w:t>
+      <w:t>3 – Inserir filiação dos autores e e-mail;</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...5 lines deleted...]
-        <w:jc w:val="left"/>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:footnote w:type="separator" w:id="0">
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="237" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:type="continuationSeparator" w:id="0">
-[...4 lines deleted...]
-        <w:jc w:val="left"/>
+  <w:footnote w:type="continuationSeparator" w:id="1">
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="237" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
-    </w:p>
-[...19 lines deleted...]
-      </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="647F2C66" w14:textId="77777777" w:rsidR="00CC06B6" w:rsidRDefault="00AF52B4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:p w14:paraId="1816AC19">
     <w:pPr>
       <w:spacing w:after="76" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="258" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
-[...53 lines deleted...]
-      </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="6742C1F8" wp14:editId="07183072">
-[...88 lines deleted...]
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="460747BA" wp14:editId="20577AE5">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>5033245</wp:posOffset>
+            <wp:posOffset>5033010</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>90805</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="858049" cy="681672"/>
+          <wp:extent cx="857885" cy="681355"/>
           <wp:effectExtent l="0" t="0" r="0" b="4445"/>
           <wp:wrapNone/>
           <wp:docPr id="48" name="Imagem 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="2" name="Imagem 1"/>
+                  <pic:cNvPr id="48" name="Imagem 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                         <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                           <a14:imgLayer r:embed="rId2">
                             <a14:imgEffect>
                               <a14:brightnessContrast bright="40000" contrast="40000"/>
                             </a14:imgEffect>
                           </a14:imgLayer>
                         </a14:imgProps>
                       </a:ext>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="858049" cy="681672"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-          <wp14:sizeRelH relativeFrom="margin">
-[...4 lines deleted...]
-          </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00AF52B4">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="38D4F873" w14:textId="77777777" w:rsidR="00CC06B6" w:rsidRDefault="00AF52B4">
+  <w:p w14:paraId="38D4F873">
     <w:pPr>
       <w:spacing w:after="76" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="258" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="5D4C248C" w14:textId="77777777" w:rsidR="00580E08" w:rsidRDefault="00580E08">
+  <w:p w14:paraId="5D4C248C">
     <w:pPr>
       <w:spacing w:after="76" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="258" w:firstLine="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="4D2307B8" w14:textId="77777777" w:rsidR="00216D42" w:rsidRPr="00216D42" w:rsidRDefault="00580E08" w:rsidP="00216D42">
+  <w:p w14:paraId="4D2307B8">
     <w:pPr>
       <w:spacing w:after="76" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="258" w:firstLine="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00216D42">
+    <w:r>
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t xml:space="preserve">Local de referência da </w:t>
-[...34 lines deleted...]
-      <w:t xml:space="preserve">  </w:t>
+      <w:t xml:space="preserve">Local de referência da Revista Hórus, não realizar alterações no rodapé.  </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="53EBF728" w14:textId="77777777" w:rsidR="00CC06B6" w:rsidRPr="00216D42" w:rsidRDefault="00216D42" w:rsidP="00216D42">
+  <w:p w14:paraId="53EBF728">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="7230"/>
       </w:tabs>
       <w:spacing w:after="76" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="6372" w:right="-711" w:firstLine="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">                               </w:t>
-[...3 lines deleted...]
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:t xml:space="preserve">                               ARTIGO DE REVISÃO </w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:p w14:paraId="647F2C66">
+    <w:pPr>
+      <w:spacing w:after="76" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="258" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="7DD734C5">
+    <w:pPr>
+      <w:spacing w:after="76" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="258" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="4410631A">
+    <w:pPr>
+      <w:spacing w:after="76" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="258" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Revista Hórus – Volume 4, número 2 – Out-Dez, 2010  </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="43B6A7E6">
+    <w:pPr>
+      <w:spacing w:after="73" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="258" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="5153F905">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:r>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>5923280</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>13335</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="783590" cy="684530"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="47" name="Picture 17"/>
+          <wp:cNvGraphicFramePr/>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="47" name="Picture 17"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="783336" cy="684276"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">ARTIGO </w:t>
-[...13 lines deleted...]
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve">ARTIGO DE REVISÃO </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="5ECCC54C" w14:textId="77777777" w:rsidR="00CC06B6" w:rsidRDefault="00B30E73" w:rsidP="00B30E73">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:p w14:paraId="5ECCC54C">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="8789"/>
       </w:tabs>
       <w:spacing w:after="76" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="258" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
-    <w:r w:rsidRPr="0015281F">
-[...2 lines deleted...]
-        <w:noProof/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5712723D" wp14:editId="79B58033">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>5204460</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>147955</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="866775" cy="687705"/>
           <wp:effectExtent l="0" t="0" r="9525" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="49" name="Imagem 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="2" name="Imagem 1"/>
+                  <pic:cNvPr id="49" name="Imagem 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                         <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                           <a14:imgLayer r:embed="rId2">
                             <a14:imgEffect>
                               <a14:brightnessContrast bright="40000" contrast="40000"/>
                             </a14:imgEffect>
                           </a14:imgLayer>
                         </a14:imgProps>
                       </a:ext>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="866775" cy="687705"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-          <wp14:sizeRelH relativeFrom="margin">
-[...4 lines deleted...]
-          </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00AF52B4">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="70B9E8E5" w14:textId="77777777" w:rsidR="0015281F" w:rsidRDefault="00AF52B4">
+  <w:p w14:paraId="70B9E8E5">
     <w:pPr>
       <w:spacing w:after="76" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="258" w:firstLine="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="272895CD" w14:textId="77777777" w:rsidR="00CC06B6" w:rsidRPr="003D3DF7" w:rsidRDefault="0015281F">
+  <w:p w14:paraId="272895CD">
     <w:pPr>
       <w:spacing w:after="76" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="258" w:firstLine="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="003D3DF7">
+    <w:r>
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t xml:space="preserve">Referência da </w:t>
-[...20 lines deleted...]
-      <w:t xml:space="preserve">  </w:t>
+      <w:t xml:space="preserve">Referência da Revista Hórus – não realizar alterações nesse local  </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="5B078FA5" w14:textId="77777777" w:rsidR="00CC06B6" w:rsidRDefault="00AF52B4" w:rsidP="00B30E73">
+  <w:p w14:paraId="5B078FA5">
     <w:pPr>
       <w:spacing w:after="73" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="4956" w:right="-943" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="0015281F">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
-    <w:r w:rsidR="0015281F">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00B30E73">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00B30E73">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00B30E73">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00B30E73">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="0015281F">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">     </w:t>
     </w:r>
-    <w:r w:rsidR="00B30E73">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00B30E73">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00B30E73">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
-      <w:t xml:space="preserve">                      </w:t>
-[...3 lines deleted...]
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>ARTIGO DE REVISÃO</w:t>
-[...13 lines deleted...]
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve">                      ARTIGO DE REVISÃO/ORIGINAL </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...209 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+  <w:zoom w:percent="104"/>
+  <w:documentProtection w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:numRestart w:val="eachPage"/>
-    <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
-    <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
-    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CC06B6"/>
     <w:rsid w:val="000016EF"/>
     <w:rsid w:val="000853A0"/>
     <w:rsid w:val="000C6358"/>
     <w:rsid w:val="000E28C5"/>
     <w:rsid w:val="001230C2"/>
     <w:rsid w:val="0015281F"/>
     <w:rsid w:val="001B1243"/>
     <w:rsid w:val="00216D42"/>
     <w:rsid w:val="002227E9"/>
     <w:rsid w:val="00222B19"/>
     <w:rsid w:val="002A45A6"/>
     <w:rsid w:val="003672CB"/>
     <w:rsid w:val="00387BD4"/>
     <w:rsid w:val="003D0B0E"/>
     <w:rsid w:val="003D3DF7"/>
     <w:rsid w:val="004256D7"/>
     <w:rsid w:val="00487234"/>
     <w:rsid w:val="004E118A"/>
     <w:rsid w:val="00580E08"/>
     <w:rsid w:val="005B2B07"/>
     <w:rsid w:val="00622DC4"/>
     <w:rsid w:val="00633FD0"/>
     <w:rsid w:val="006F589D"/>
     <w:rsid w:val="007A551F"/>
     <w:rsid w:val="008329A2"/>
     <w:rsid w:val="00883B04"/>
     <w:rsid w:val="009F568F"/>
     <w:rsid w:val="00AF52B4"/>
     <w:rsid w:val="00B30E73"/>
     <w:rsid w:val="00BA3F3B"/>
     <w:rsid w:val="00CC06B6"/>
     <w:rsid w:val="00D0022A"/>
     <w:rsid w:val="00DD7446"/>
     <w:rsid w:val="00FC763A"/>
     <w:rsid w:val="00FE7A91"/>
+    <w:rsid w:val="2F054C91"/>
+    <w:rsid w:val="40C81BB4"/>
+    <w:rsid w:val="73BF6B53"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="pt-BR"/>
+  <w:themeFontLang w:val="pt-BR" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:shapeDefaults>
-[...8 lines deleted...]
-  <w15:docId w15:val="{79A63BAC-8747-43F4-AE59-39AE39589B7F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="pt-BR" w:eastAsia="pt-BR" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...375 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:count="260" w:defQFormat="0" w:defUnhideWhenUsed="1" w:defSemiHidden="1" w:defUIPriority="99" w:defLockedState="0">
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="9" w:semiHidden="0" w:name="heading 1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 2"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 3"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 4"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 5"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 6"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 7"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 8"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 9"/>
+    <w:lsdException w:uiPriority="99" w:name="index 1"/>
+    <w:lsdException w:uiPriority="99" w:name="index 2"/>
+    <w:lsdException w:uiPriority="99" w:name="index 3"/>
+    <w:lsdException w:uiPriority="99" w:name="index 4"/>
+    <w:lsdException w:uiPriority="99" w:name="index 5"/>
+    <w:lsdException w:uiPriority="99" w:name="index 6"/>
+    <w:lsdException w:uiPriority="99" w:name="index 7"/>
+    <w:lsdException w:uiPriority="99" w:name="index 8"/>
+    <w:lsdException w:uiPriority="99" w:name="index 9"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 1"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 2"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 3"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 4"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 5"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 6"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 7"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 8"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 9"/>
+    <w:lsdException w:uiPriority="99" w:name="Normal Indent"/>
+    <w:lsdException w:uiPriority="99" w:name="footnote text"/>
+    <w:lsdException w:uiPriority="99" w:name="annotation text"/>
+    <w:lsdException w:uiPriority="99" w:name="header"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="99" w:semiHidden="0" w:name="footer"/>
+    <w:lsdException w:uiPriority="99" w:name="index heading"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="35" w:name="caption"/>
+    <w:lsdException w:uiPriority="99" w:name="table of figures"/>
+    <w:lsdException w:uiPriority="99" w:name="envelope address"/>
+    <w:lsdException w:uiPriority="99" w:name="envelope return"/>
+    <w:lsdException w:uiPriority="99" w:name="footnote reference"/>
+    <w:lsdException w:uiPriority="99" w:name="annotation reference"/>
+    <w:lsdException w:uiPriority="99" w:name="line number"/>
+    <w:lsdException w:uiPriority="99" w:name="page number"/>
+    <w:lsdException w:uiPriority="99" w:name="endnote reference"/>
+    <w:lsdException w:uiPriority="99" w:name="endnote text"/>
+    <w:lsdException w:uiPriority="99" w:name="table of authorities"/>
+    <w:lsdException w:uiPriority="99" w:name="macro"/>
+    <w:lsdException w:uiPriority="99" w:name="toa heading"/>
+    <w:lsdException w:uiPriority="99" w:name="List"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number"/>
+    <w:lsdException w:uiPriority="99" w:name="List 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List 5"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 5"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 5"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="10" w:semiHidden="0" w:name="Title"/>
+    <w:lsdException w:uiPriority="99" w:name="Closing"/>
+    <w:lsdException w:uiPriority="99" w:name="Signature"/>
+    <w:lsdException w:uiPriority="1" w:name="Default Paragraph Font"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text Indent"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Message Header"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="11" w:semiHidden="0" w:name="Subtitle"/>
+    <w:lsdException w:uiPriority="99" w:name="Salutation"/>
+    <w:lsdException w:uiPriority="99" w:name="Date"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text First Indent"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text First Indent 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Note Heading"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text Indent 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text Indent 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Block Text"/>
+    <w:lsdException w:uiPriority="99" w:name="Hyperlink"/>
+    <w:lsdException w:uiPriority="99" w:name="FollowedHyperlink"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="22" w:semiHidden="0" w:name="Strong"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="20" w:semiHidden="0" w:name="Emphasis"/>
+    <w:lsdException w:uiPriority="99" w:name="Document Map"/>
+    <w:lsdException w:uiPriority="99" w:name="Plain Text"/>
+    <w:lsdException w:uiPriority="99" w:name="E-mail Signature"/>
+    <w:lsdException w:uiPriority="99" w:name="Normal (Web)"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Acronym"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Address"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Cite"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Code"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Definition"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Keyboard"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Preformatted"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Sample"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Typewriter"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Variable"/>
+    <w:lsdException w:uiPriority="99" w:name="Normal Table"/>
+    <w:lsdException w:uiPriority="99" w:name="annotation subject"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Simple 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Simple 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Simple 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Colorful 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Colorful 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Colorful 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 6"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 7"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 8"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 6"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 7"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 8"/>
+    <w:lsdException w:uiPriority="99" w:name="Table 3D effects 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table 3D effects 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table 3D effects 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Contemporary"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Elegant"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Professional"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Subtle 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Subtle 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Web 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Web 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Web 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Balloon Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="39" w:semiHidden="0" w:name="Table Grid"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Theme"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:uiPriority w:val="0"/>
     <w:pPr>
       <w:spacing w:after="138" w:line="237" w:lineRule="auto"/>
       <w:ind w:left="-5" w:right="-10" w:hanging="10"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="pt-BR" w:eastAsia="pt-BR" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
+  <w:style w:type="character" w:default="1" w:styleId="2">
     <w:name w:val="Default Paragraph Font"/>
-    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:uiPriority w:val="1"/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
+  <w:style w:type="table" w:default="1" w:styleId="3">
     <w:name w:val="Normal Table"/>
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:uiPriority w:val="99"/>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
-    <w:name w:val="No List"/>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="8"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-[...40 lines deleted...]
-    <w:rsid w:val="00580E08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RodapChar">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5">
+    <w:name w:val="footnote description"/>
+    <w:next w:val="1"/>
+    <w:link w:val="6"/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="pt-BR" w:eastAsia="pt-BR" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="6">
+    <w:name w:val="footnote description Char"/>
+    <w:link w:val="5"/>
+    <w:uiPriority w:val="0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="7">
+    <w:name w:val="footnote mark"/>
+    <w:uiPriority w:val="0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="22"/>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="8">
     <w:name w:val="Rodapé Char"/>
-    <w:basedOn w:val="Fontepargpadro"/>
-    <w:link w:val="Rodap"/>
+    <w:basedOn w:val="2"/>
+    <w:link w:val="4"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00580E08"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/image2.wdp"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto1.wdp"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto1.wdp"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
-[...2411 lines deleted...]
-</dgm:styleDef>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/image2.wdp"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Escritório">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Escritório">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -6348,83 +2968,67 @@
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
-  <a:extraClrSchemeLst/>
-[...4 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
-  <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>741</Words>
   <Characters>4004</Characters>
-  <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
   <Lines>33</Lines>
   <Paragraphs>9</Paragraphs>
+  <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>4736</CharactersWithSpaces>
-  <SharedDoc>false</SharedDoc>
-[...1 lines deleted...]
-  <AppVersion></AppVersion>
+  <Application>WPS Office_12.2.0.23155_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dc:creator>Clodoaldo</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>(Microsoft Word - A FISIOTERAPIA COMO CI\312NCIA BASEADA EM EVID\312NCIAS)</dc:title>
-  <dc:subject/>
-[...2 lines deleted...]
-  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
-[...1 lines deleted...]
-  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
+    <vt:lpwstr>1046-12.2.0.23155</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
+    <vt:lpwstr>39186EF97E7949EAA91E59BC41FCE80A_13</vt:lpwstr>
+  </property>
+</Properties>
+</file>